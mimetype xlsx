--- v0 (2025-10-29)
+++ v1 (2025-12-21)
@@ -14,236 +14,263 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PeakLearning LLC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
-[...1 lines deleted...]
-    <t>Online Live "Virtual" Schedule: Generated on 10/29/2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+  <si>
+    <t>Online Live "Virtual" Schedule: Generated on 12/21/2025</t>
   </si>
   <si>
     <t>Course Title</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Duration</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>Class Times</t>
   </si>
   <si>
     <t>Adobe</t>
   </si>
   <si>
-    <t xml:space="preserve"> InDesign CC Introduction</t>
+    <t xml:space="preserve"> Adobe Acrobat DC Pro Introduction</t>
   </si>
   <si>
     <t>$389.00</t>
   </si>
   <si>
     <t>1 Day</t>
   </si>
   <si>
-    <t>10/30/2025</t>
+    <t>01/12/2026</t>
   </si>
   <si>
     <t>9:00 AM - 5:00 PM</t>
   </si>
   <si>
-    <t xml:space="preserve"> Adobe InDesign CC Advanced (1 Day)</t>
-[...2 lines deleted...]
-    <t>11/04/2025</t>
+    <t xml:space="preserve"> Adobe Illustrator CC Introduction</t>
+  </si>
+  <si>
+    <t>01/14/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Adobe Acrobat Pro DC Advanced</t>
+  </si>
+  <si>
+    <t>01/20/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Adobe Illustrator CC Advanced</t>
+  </si>
+  <si>
+    <t>01/21/2026</t>
   </si>
   <si>
     <t xml:space="preserve"> Adobe Photoshop CC Introduction</t>
   </si>
   <si>
-    <t>11/25/2025</t>
+    <t>01/23/2026</t>
   </si>
   <si>
     <t xml:space="preserve"> Photoshop CC Advanced Training</t>
   </si>
   <si>
-    <t>12/01/2025</t>
+    <t>01/29/2026</t>
   </si>
   <si>
     <t>Business Analysis</t>
   </si>
   <si>
+    <t xml:space="preserve"> Gathering, Documenting and Testing User Requirements</t>
+  </si>
+  <si>
+    <t>$1,400.00</t>
+  </si>
+  <si>
+    <t>2 Day</t>
+  </si>
+  <si>
+    <t>01/28/2026</t>
+  </si>
+  <si>
+    <t>8:00 AM - 4:00 PM</t>
+  </si>
+  <si>
     <t xml:space="preserve"> Agile Business Analysis</t>
   </si>
   <si>
     <t>$1,199.00</t>
   </si>
   <si>
-    <t>2 Day</t>
-[...2 lines deleted...]
-    <t>11/11/2025</t>
+    <t>02/24/2026</t>
+  </si>
+  <si>
+    <t>Cisco</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Cisco CCNA: Implementing and Administering Cisco Solutions</t>
+  </si>
+  <si>
+    <t>$695.00</t>
+  </si>
+  <si>
+    <t>11 Day</t>
+  </si>
+  <si>
+    <t>11:00 AM - 4:00 PM</t>
   </si>
   <si>
     <t>CompTIA</t>
   </si>
   <si>
-    <t xml:space="preserve"> CompTIA Security+ (SY0-701)</t>
-[...8 lines deleted...]
-    <t>11/10/2025</t>
+    <t xml:space="preserve"> CompTIA A+ Core 1 (220-1201)</t>
+  </si>
+  <si>
+    <t>01/05/2026</t>
+  </si>
+  <si>
+    <t>12:00 PM - 2:00 PM</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> CompTIA Network+ (N10-009)</t>
+  </si>
+  <si>
+    <t>12 Day</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>12:00 PM - 3:00 PM</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> CompTIA A+ Core 2 (220-1202)</t>
+  </si>
+  <si>
+    <t>Microsoft Development</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> AZ-900: Microsoft Azure Fundamentals</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> AZ-104: Microsoft Azure Administrator</t>
+  </si>
+  <si>
+    <t>$2,445.00</t>
+  </si>
+  <si>
+    <t>4 Day</t>
+  </si>
+  <si>
+    <t>01/26/2026</t>
+  </si>
+  <si>
+    <t>Microsoft Server Products</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> MD-102: Endpoint Administrator</t>
+  </si>
+  <si>
+    <t>16 Hr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Windows Server 2025 Administration</t>
+  </si>
+  <si>
+    <t>02/23/2026</t>
+  </si>
+  <si>
+    <t>Professional Development</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Comprehensive Writing Training</t>
+  </si>
+  <si>
+    <t>$890.00</t>
+  </si>
+  <si>
+    <t>10:00 AM - 5:00 PM</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Goal Setting and Workplace Efficiency Training</t>
+  </si>
+  <si>
+    <t>$450.00</t>
+  </si>
+  <si>
+    <t>02/13/2026</t>
   </si>
   <si>
     <t>10:00 AM - 2:00 PM</t>
   </si>
   <si>
-    <t xml:space="preserve"> CompTIA Linux+</t>
-[...64 lines deleted...]
-  <si>
     <t>Project Management</t>
   </si>
   <si>
     <t xml:space="preserve"> Project Management Professional (PMP)® Exam Prep</t>
   </si>
   <si>
-    <t>11/03/2025</t>
+    <t>11:00 AM - 3:00 PM</t>
   </si>
   <si>
     <t>Security</t>
   </si>
   <si>
-    <t xml:space="preserve"> Certified Information Systems Security Professional (CISSP)</t>
-[...17 lines deleted...]
-    <t xml:space="preserve"> Tableau Desktop - Part 2</t>
+    <t xml:space="preserve"> Ethical Hacking v13</t>
+  </si>
+  <si>
+    <t>03/16/2026</t>
+  </si>
+  <si>
+    <t>1:00 PM - 4:00 PM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -616,68 +643,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/695/InDesign-CC-Introduction" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/696/Adobe-InDesign-CC-Advanced-%281-Day%29" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/771/Adobe-Photoshop-CC-Introduction" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/239/Photoshop-CC-Advanced-Training" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/740/Agile-Business-Analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/41/CompTIA-Security%2B-%28SY0-701%29" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/774/CompTIA-Linux%2B" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/480/WebSphere-Application-Server-V9-Administration" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/355/Introduction-to-SQL" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/773/Introduction-to-Oracle-APEX-Training" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/355/Introduction-to-SQL" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/599/Goal-Setting-and-Workplace-Efficiency-Training" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/596/Writing-and-Grammar-Skills" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/754/Project-Management-Professional-%28PMP%29-Exam-Prep" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/754/Project-Management-Professional-%28PMP%29-Exam-Prep" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/41/CompTIA-Security%2B-%28SY0-701%29" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/613/Certified-Information-Systems-Security-Professional-%28CISSP%29" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/750/Tableau-Desktop-Part-1" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/589/Tableau-Desktop-Part-2" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/676/Adobe-Acrobat-DC-Pro-Introduction" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/770/Adobe-Illustrator-CC-Introduction" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/332/Adobe-Acrobat-Pro-DC-Advanced" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/243/Adobe-Illustrator-CC-Advanced" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/771/Adobe-Photoshop-CC-Introduction" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/239/Photoshop-CC-Advanced-Training" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/154/Gathering%2C-Documenting-and-Testing-User-Requirements" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/740/Agile-Business-Analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/752/Cisco-CCNA-Implementing-and-Administering-Cisco-Solutions" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/47/CompTIA-A%2B-Core-1-%28220-1201%29" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/42/CompTIA-Network%2B-%28N10-009%29" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/753/CompTIA-A%2B-Core-2-%28220-1202%29" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/312/AZ-900-Microsoft-Azure-Fundamentals" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/681/AZ-104-Microsoft-Azure-Administrator" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/760/MD-102-Endpoint-Administrator" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/398/Windows-Server-2025-Administration" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/598/Comprehensive-Writing-Training" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/599/Goal-Setting-and-Workplace-Efficiency-Training" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/754/Project-Management-Professional-%28PMP%29-Exam-Prep" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/754/Project-Management-Professional-%28PMP%29-Exam-Prep" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/758/Ethical-Hacking-v13" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E256"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="71.8396" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="70.69702100000001" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="22.280273" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="75">
       <c r="A1"/>
       <c r="B1" s="3"/>
       <c r="C1" s="5"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="25">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="3"/>
       <c r="C2" s="5"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
@@ -750,391 +777,410 @@
       </c>
       <c r="D7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="9" spans="1:5" customHeight="1" ht="25">
-      <c r="A9" s="2" t="s">
+    <row r="9" spans="1:5">
+      <c r="A9" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="B9" s="3"/>
-[...2 lines deleted...]
-      <c r="E9" s="3"/>
+      <c r="B9" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C10" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:5" customHeight="1" ht="25">
       <c r="A11" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="5"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B12" s="3" t="s">
+      <c r="C12" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="C12" s="5" t="s">
+      <c r="D12" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="D12" s="3" t="s">
+      <c r="E12" s="3" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="C13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D13" s="3" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:5" customHeight="1" ht="25">
       <c r="A14" s="2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="5"/>
       <c r="D14" s="3"/>
       <c r="E14" s="3"/>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B15" s="3" t="s">
+      <c r="C15" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C15" s="5" t="s">
+      <c r="D15" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:5" customHeight="1" ht="25">
       <c r="A16" s="2" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="5"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B17" s="3" t="s">
+    </row>
+    <row r="18" spans="1:5">
+      <c r="A18" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C17" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E17" s="3" t="s">
+      <c r="B18" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C18" s="5" t="s">
         <v>41</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" s="2" t="s">
+      <c r="D18" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B18" s="3"/>
-[...2 lines deleted...]
-      <c r="E18" s="3"/>
+      <c r="E18" s="3" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D19" s="3" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      <c r="A20" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...13 lines deleted...]
-      <c r="A21" s="2" t="s">
+    </row>
+    <row r="20" spans="1:5" customHeight="1" ht="25">
+      <c r="A20" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="B21" s="3"/>
-[...2 lines deleted...]
-      <c r="E21" s="3"/>
+      <c r="B20" s="3"/>
+      <c r="C20" s="5"/>
+      <c r="D20" s="3"/>
+      <c r="E20" s="3"/>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
       <c r="D22" s="3" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>28</v>
-[...6 lines deleted...]
-      <c r="B23" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" customHeight="1" ht="25">
+      <c r="A23" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B23" s="3"/>
+      <c r="C23" s="5"/>
+      <c r="D23" s="3"/>
+      <c r="E23" s="3"/>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D24" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="C23" s="5" t="s">
-[...16 lines deleted...]
-      <c r="E24" s="3"/>
+      <c r="E24" s="3" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" customHeight="1" ht="25">
+      <c r="A26" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" s="3"/>
+      <c r="C26" s="5"/>
+      <c r="D26" s="3"/>
+      <c r="E26" s="3"/>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C27" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="C25" s="5" t="s">
-[...33 lines deleted...]
-      <c r="E27" s="3"/>
+      <c r="D27" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="1" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>25</v>
+        <v>61</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D28" s="3" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>28</v>
-[...26 lines deleted...]
-      <c r="E30" s="3"/>
+        <v>63</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" customHeight="1" ht="25">
+      <c r="A29" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B29" s="3"/>
+      <c r="C29" s="5"/>
+      <c r="D29" s="3"/>
+      <c r="E29" s="3"/>
+    </row>
+    <row r="30" spans="1:5">
+      <c r="A30" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>66</v>
+      </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="1" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="D31" s="3" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>11</v>
-[...17 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" customHeight="1" ht="25">
+      <c r="A32" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="3"/>
+      <c r="C32" s="5"/>
+      <c r="D32" s="3"/>
+      <c r="E32" s="3"/>
     </row>
     <row r="33" spans="1:5">
-      <c r="B33" s="3"/>
-[...2 lines deleted...]
-      <c r="E33" s="3"/>
+      <c r="A33" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="34" spans="1:5">
       <c r="B34" s="3"/>
       <c r="C34" s="5"/>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
     </row>
     <row r="35" spans="1:5">
       <c r="B35" s="3"/>
       <c r="C35" s="5"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
     </row>
     <row r="36" spans="1:5">
       <c r="B36" s="3"/>
       <c r="C36" s="5"/>
       <c r="D36" s="3"/>
       <c r="E36" s="3"/>
     </row>
     <row r="37" spans="1:5">
       <c r="B37" s="3"/>
       <c r="C37" s="5"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
     </row>
@@ -2441,65 +2487,67 @@
       <c r="E254" s="3"/>
     </row>
     <row r="255" spans="1:5">
       <c r="B255" s="3"/>
       <c r="C255" s="5"/>
       <c r="D255" s="3"/>
       <c r="E255" s="3"/>
     </row>
     <row r="256" spans="1:5">
       <c r="B256" s="3"/>
       <c r="C256" s="5"/>
       <c r="D256" s="3"/>
       <c r="E256" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_4"/>
-    <hyperlink ref="A10" r:id="rId_hyperlink_5"/>
-[...13 lines deleted...]
-    <hyperlink ref="A32" r:id="rId_hyperlink_19"/>
+    <hyperlink ref="A9" r:id="rId_hyperlink_5"/>
+    <hyperlink ref="A10" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="A12" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="A13" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="A15" r:id="rId_hyperlink_9"/>
+    <hyperlink ref="A17" r:id="rId_hyperlink_10"/>
+    <hyperlink ref="A18" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="A19" r:id="rId_hyperlink_12"/>
+    <hyperlink ref="A21" r:id="rId_hyperlink_13"/>
+    <hyperlink ref="A22" r:id="rId_hyperlink_14"/>
+    <hyperlink ref="A24" r:id="rId_hyperlink_15"/>
+    <hyperlink ref="A25" r:id="rId_hyperlink_16"/>
+    <hyperlink ref="A27" r:id="rId_hyperlink_17"/>
+    <hyperlink ref="A28" r:id="rId_hyperlink_18"/>
+    <hyperlink ref="A30" r:id="rId_hyperlink_19"/>
+    <hyperlink ref="A31" r:id="rId_hyperlink_20"/>
+    <hyperlink ref="A33" r:id="rId_hyperlink_21"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>