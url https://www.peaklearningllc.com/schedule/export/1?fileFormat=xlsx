--- v1 (2025-12-21)
+++ v2 (2026-02-04)
@@ -14,263 +14,329 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PeakLearning LLC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
-[...1 lines deleted...]
-    <t>Online Live "Virtual" Schedule: Generated on 12/21/2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+  <si>
+    <t>Online Live "Virtual" Schedule: Generated on 02/04/2026</t>
   </si>
   <si>
     <t>Course Title</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Duration</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>Class Times</t>
   </si>
   <si>
     <t>Adobe</t>
   </si>
   <si>
+    <t xml:space="preserve"> InDesign CC Introduction</t>
+  </si>
+  <si>
+    <t>$389.00</t>
+  </si>
+  <si>
+    <t>1 Day</t>
+  </si>
+  <si>
+    <t>02/10/2026</t>
+  </si>
+  <si>
+    <t>9:00 AM - 5:00 PM</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Adobe InDesign CC Advanced (1 Day)</t>
+  </si>
+  <si>
+    <t>02/17/2026</t>
+  </si>
+  <si>
     <t xml:space="preserve"> Adobe Acrobat DC Pro Introduction</t>
   </si>
   <si>
-    <t>$389.00</t>
-[...8 lines deleted...]
-    <t>9:00 AM - 5:00 PM</t>
+    <t>03/06/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Adobe Photoshop CC Introduction</t>
+  </si>
+  <si>
+    <t>03/25/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Photoshop CC Advanced Training</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
   </si>
   <si>
     <t xml:space="preserve"> Adobe Illustrator CC Introduction</t>
   </si>
   <si>
-    <t>01/14/2026</t>
+    <t>04/09/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Adobe Illustrator CC Advanced</t>
+  </si>
+  <si>
+    <t>04/15/2026</t>
   </si>
   <si>
     <t xml:space="preserve"> Adobe Acrobat Pro DC Advanced</t>
   </si>
   <si>
-    <t>01/20/2026</t>
-[...17 lines deleted...]
-    <t>01/29/2026</t>
+    <t>05/18/2026</t>
   </si>
   <si>
     <t>Business Analysis</t>
   </si>
   <si>
+    <t xml:space="preserve"> Agile Business Analysis</t>
+  </si>
+  <si>
+    <t>$1,199.00</t>
+  </si>
+  <si>
+    <t>2 Day</t>
+  </si>
+  <si>
+    <t>02/24/2026</t>
+  </si>
+  <si>
     <t xml:space="preserve"> Gathering, Documenting and Testing User Requirements</t>
   </si>
   <si>
     <t>$1,400.00</t>
   </si>
   <si>
-    <t>2 Day</t>
-[...2 lines deleted...]
-    <t>01/28/2026</t>
+    <t>03/11/2026</t>
   </si>
   <si>
     <t>8:00 AM - 4:00 PM</t>
   </si>
   <si>
-    <t xml:space="preserve"> Agile Business Analysis</t>
-[...11 lines deleted...]
-    <t xml:space="preserve"> Cisco CCNA: Implementing and Administering Cisco Solutions</t>
+    <t>04/07/2026</t>
+  </si>
+  <si>
+    <t>CompTIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> CompTIA A+ Core 1 (220-1201)</t>
   </si>
   <si>
     <t>$695.00</t>
   </si>
   <si>
     <t>11 Day</t>
   </si>
   <si>
-    <t>11:00 AM - 4:00 PM</t>
-[...8 lines deleted...]
-    <t>01/05/2026</t>
+    <t>04/13/2026</t>
+  </si>
+  <si>
+    <t>1:00 PM - 3:00 PM</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> CompTIA Security+ (SY0-701)</t>
+  </si>
+  <si>
+    <t>04/27/2026</t>
+  </si>
+  <si>
+    <t>12:00 PM - 4:00 PM</t>
+  </si>
+  <si>
+    <t>Microsoft Development</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Microsoft Azure Administrator (AZ-104)</t>
+  </si>
+  <si>
+    <t>16 Hr</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
   </si>
   <si>
     <t>12:00 PM - 2:00 PM</t>
   </si>
   <si>
-    <t xml:space="preserve"> CompTIA Network+ (N10-009)</t>
-[...14 lines deleted...]
-    <t>Microsoft Development</t>
+    <t xml:space="preserve"> Introduction to SQL Databases (55315)</t>
+  </si>
+  <si>
+    <t>$1,859.00</t>
+  </si>
+  <si>
+    <t>3 Day</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> DP-080 Querying Data with Microsoft Transact-SQL</t>
+  </si>
+  <si>
+    <t>$1,275.00</t>
+  </si>
+  <si>
+    <t>03/23/2026</t>
   </si>
   <si>
     <t xml:space="preserve"> AZ-900: Microsoft Azure Fundamentals</t>
   </si>
   <si>
-    <t xml:space="preserve"> AZ-104: Microsoft Azure Administrator</t>
-[...8 lines deleted...]
-    <t>01/26/2026</t>
+    <t>05/27/2026</t>
+  </si>
+  <si>
+    <t>05/28/2026</t>
   </si>
   <si>
     <t>Microsoft Server Products</t>
   </si>
   <si>
-    <t xml:space="preserve"> MD-102: Endpoint Administrator</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> Windows Server 2025 Administration</t>
   </si>
   <si>
     <t>02/23/2026</t>
   </si>
   <si>
+    <t xml:space="preserve"> MS-102: Microsoft 365 Administrator</t>
+  </si>
+  <si>
+    <t>03/16/2026</t>
+  </si>
+  <si>
     <t>Professional Development</t>
   </si>
   <si>
     <t xml:space="preserve"> Comprehensive Writing Training</t>
   </si>
   <si>
     <t>$890.00</t>
   </si>
   <si>
+    <t>02/11/2026</t>
+  </si>
+  <si>
     <t>10:00 AM - 5:00 PM</t>
   </si>
   <si>
     <t xml:space="preserve"> Goal Setting and Workplace Efficiency Training</t>
   </si>
   <si>
     <t>$450.00</t>
   </si>
   <si>
     <t>02/13/2026</t>
   </si>
   <si>
     <t>10:00 AM - 2:00 PM</t>
   </si>
   <si>
+    <t xml:space="preserve"> Customer Service Training</t>
+  </si>
+  <si>
+    <t>$445.00</t>
+  </si>
+  <si>
+    <t>03/13/2026</t>
+  </si>
+  <si>
     <t>Project Management</t>
   </si>
   <si>
+    <t xml:space="preserve"> Certified Associate in Project Management (CAPM)® Official Exam Prep</t>
+  </si>
+  <si>
+    <t>02/09/2026</t>
+  </si>
+  <si>
+    <t>11:00 AM - 1:00 PM</t>
+  </si>
+  <si>
     <t xml:space="preserve"> Project Management Professional (PMP)® Exam Prep</t>
   </si>
   <si>
     <t>11:00 AM - 3:00 PM</t>
   </si>
   <si>
+    <t>04/06/2026</t>
+  </si>
+  <si>
     <t>Security</t>
   </si>
   <si>
     <t xml:space="preserve"> Ethical Hacking v13</t>
   </si>
   <si>
-    <t>03/16/2026</t>
-[...1 lines deleted...]
-  <si>
     <t>1:00 PM - 4:00 PM</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Certified Information Systems Security Professional (CISSP)</t>
+  </si>
+  <si>
+    <t>12:00 PM - 5:00 PM</t>
+  </si>
+  <si>
+    <t>Web Development</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tableau Desktop - Part 1</t>
+  </si>
+  <si>
+    <t>$1,369.00</t>
+  </si>
+  <si>
+    <t>03/09/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tableau Desktop - Part 2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -643,68 +709,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/676/Adobe-Acrobat-DC-Pro-Introduction" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/770/Adobe-Illustrator-CC-Introduction" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/332/Adobe-Acrobat-Pro-DC-Advanced" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/243/Adobe-Illustrator-CC-Advanced" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/771/Adobe-Photoshop-CC-Introduction" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/239/Photoshop-CC-Advanced-Training" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/154/Gathering%2C-Documenting-and-Testing-User-Requirements" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/740/Agile-Business-Analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/752/Cisco-CCNA-Implementing-and-Administering-Cisco-Solutions" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/47/CompTIA-A%2B-Core-1-%28220-1201%29" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/42/CompTIA-Network%2B-%28N10-009%29" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/753/CompTIA-A%2B-Core-2-%28220-1202%29" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/312/AZ-900-Microsoft-Azure-Fundamentals" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/681/AZ-104-Microsoft-Azure-Administrator" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/760/MD-102-Endpoint-Administrator" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/398/Windows-Server-2025-Administration" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/598/Comprehensive-Writing-Training" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/599/Goal-Setting-and-Workplace-Efficiency-Training" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/754/Project-Management-Professional-%28PMP%29-Exam-Prep" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/754/Project-Management-Professional-%28PMP%29-Exam-Prep" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/758/Ethical-Hacking-v13" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/695/InDesign-CC-Introduction" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/696/Adobe-InDesign-CC-Advanced-%281-Day%29" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/676/Adobe-Acrobat-DC-Pro-Introduction" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/771/Adobe-Photoshop-CC-Introduction" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/239/Photoshop-CC-Advanced-Training" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/770/Adobe-Illustrator-CC-Introduction" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/243/Adobe-Illustrator-CC-Advanced" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/332/Adobe-Acrobat-Pro-DC-Advanced" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/740/Agile-Business-Analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/154/Gathering%2C-Documenting-and-Testing-User-Requirements" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/740/Agile-Business-Analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/47/CompTIA-A%2B-Core-1-%28220-1201%29" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/41/CompTIA-Security%2B-%28SY0-701%29" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/755/Microsoft-Azure-Administrator-%28AZ-104%29" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/427/Introduction-to-SQL-Databases-%2855315%29" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/387/DP-080-Querying-Data-with-Microsoft-Transact-SQL" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/312/AZ-900-Microsoft-Azure-Fundamentals" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/427/Introduction-to-SQL-Databases-%2855315%29" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/387/DP-080-Querying-Data-with-Microsoft-Transact-SQL" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/398/Windows-Server-2025-Administration" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/762/MS-102-Microsoft-365-Administrator" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/598/Comprehensive-Writing-Training" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/599/Goal-Setting-and-Workplace-Efficiency-Training" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/777/Customer-Service-Training" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/767/Certified-Associate-in-Project-Management-%28CAPM%29-Official-Exam-Prep" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/754/Project-Management-Professional-%28PMP%29-Exam-Prep" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/754/Project-Management-Professional-%28PMP%29-Exam-Prep" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/758/Ethical-Hacking-v13" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/613/Certified-Information-Systems-Security-Professional-%28CISSP%29" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/41/CompTIA-Security%2B-%28SY0-701%29" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/750/Tableau-Desktop-Part-1" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/589/Tableau-Desktop-Part-2" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E256"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="70.69702100000001" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="82.408447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="22.280273" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="75">
       <c r="A1"/>
       <c r="B1" s="3"/>
       <c r="C1" s="5"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="25">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="3"/>
       <c r="C2" s="5"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
@@ -811,442 +877,563 @@
       </c>
       <c r="D9" s="3" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="11" spans="1:5" customHeight="1" ht="25">
-      <c r="A11" s="2" t="s">
+    <row r="11" spans="1:5">
+      <c r="A11" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="B11" s="3"/>
-[...2 lines deleted...]
-      <c r="E11" s="3"/>
+      <c r="B11" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C12" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="D12" s="3" t="s">
+      <c r="E12" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" customHeight="1" ht="25">
+      <c r="A13" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="E12" s="3" t="s">
+      <c r="B13" s="3"/>
+      <c r="C13" s="5"/>
+      <c r="D13" s="3"/>
+      <c r="E13" s="3"/>
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" s="1" t="s">
         <v>27</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" s="1" t="s">
+      <c r="B14" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="C14" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="C13" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D13" s="3" t="s">
+      <c r="D14" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="E13" s="3" t="s">
+      <c r="E14" s="3" t="s">
         <v>11</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="E14" s="3"/>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B15" s="3" t="s">
+      <c r="C15" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D15" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="C15" s="5" t="s">
+      <c r="E15" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D15" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E15" s="3" t="s">
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D16" s="3" t="s">
         <v>35</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" s="2" t="s">
+      <c r="E16" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" customHeight="1" ht="25">
+      <c r="A17" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="B16" s="3"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B17" s="3"/>
+      <c r="C17" s="5"/>
+      <c r="D17" s="3"/>
+      <c r="E17" s="3"/>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D18" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="5" t="s">
+      <c r="E18" s="3" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>44</v>
-      </c>
-[...10 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:5" customHeight="1" ht="25">
       <c r="A20" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="5"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="D21" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D22" s="3" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="23" spans="1:5" customHeight="1" ht="25">
-[...6 lines deleted...]
-      <c r="E23" s="3"/>
+    <row r="23" spans="1:5">
+      <c r="A23" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="1" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...25 lines deleted...]
-      <c r="B27" s="3" t="s">
+      <c r="C26" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="C27" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E27" s="3" t="s">
+      <c r="E26" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" customHeight="1" ht="25">
+      <c r="A27" s="2" t="s">
         <v>59</v>
       </c>
+      <c r="B27" s="3"/>
+      <c r="C27" s="5"/>
+      <c r="D27" s="3"/>
+      <c r="E27" s="3"/>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D28" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="C28" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D28" s="3" t="s">
+      <c r="E28" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="E28" s="3" t="s">
+      <c r="B29" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D29" s="3" t="s">
         <v>63</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A29" s="2" t="s">
+      <c r="E29" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" customHeight="1" ht="25">
+      <c r="A30" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="B29" s="3"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B30" s="3"/>
+      <c r="C30" s="5"/>
+      <c r="D30" s="3"/>
+      <c r="E30" s="3"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="D31" s="3" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>66</v>
-[...9 lines deleted...]
-      <c r="E32" s="3"/>
+        <v>68</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="D33" s="3" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:5">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" customHeight="1" ht="25">
+      <c r="A34" s="2" t="s">
+        <v>76</v>
+      </c>
       <c r="B34" s="3"/>
       <c r="C34" s="5"/>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
     </row>
     <row r="35" spans="1:5">
-      <c r="B35" s="3"/>
-[...2 lines deleted...]
-      <c r="E35" s="3"/>
+      <c r="A35" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>79</v>
+      </c>
     </row>
     <row r="36" spans="1:5">
-      <c r="B36" s="3"/>
-[...2 lines deleted...]
-      <c r="E36" s="3"/>
+      <c r="A36" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>81</v>
+      </c>
     </row>
     <row r="37" spans="1:5">
-      <c r="B37" s="3"/>
-[...4 lines deleted...]
-    <row r="38" spans="1:5">
+      <c r="A37" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" customHeight="1" ht="25">
+      <c r="A38" s="2" t="s">
+        <v>83</v>
+      </c>
       <c r="B38" s="3"/>
       <c r="C38" s="5"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
     </row>
     <row r="39" spans="1:5">
-      <c r="B39" s="3"/>
-[...2 lines deleted...]
-      <c r="E39" s="3"/>
+      <c r="A39" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>85</v>
+      </c>
     </row>
     <row r="40" spans="1:5">
-      <c r="B40" s="3"/>
-[...2 lines deleted...]
-      <c r="E40" s="3"/>
+      <c r="A40" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D40" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="41" spans="1:5">
-      <c r="B41" s="3"/>
-[...4 lines deleted...]
-    <row r="42" spans="1:5">
+      <c r="A41" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C41" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" customHeight="1" ht="25">
+      <c r="A42" s="2" t="s">
+        <v>88</v>
+      </c>
       <c r="B42" s="3"/>
       <c r="C42" s="5"/>
       <c r="D42" s="3"/>
       <c r="E42" s="3"/>
     </row>
     <row r="43" spans="1:5">
-      <c r="B43" s="3"/>
-[...2 lines deleted...]
-      <c r="E43" s="3"/>
+      <c r="A43" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="44" spans="1:5">
-      <c r="B44" s="3"/>
-[...2 lines deleted...]
-      <c r="E44" s="3"/>
+      <c r="A44" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D44" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="45" spans="1:5">
       <c r="B45" s="3"/>
       <c r="C45" s="5"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
     </row>
     <row r="46" spans="1:5">
       <c r="B46" s="3"/>
       <c r="C46" s="5"/>
       <c r="D46" s="3"/>
       <c r="E46" s="3"/>
     </row>
     <row r="47" spans="1:5">
       <c r="B47" s="3"/>
       <c r="C47" s="5"/>
       <c r="D47" s="3"/>
       <c r="E47" s="3"/>
     </row>
     <row r="48" spans="1:5">
       <c r="B48" s="3"/>
       <c r="C48" s="5"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
     </row>
@@ -2489,65 +2676,76 @@
     <row r="255" spans="1:5">
       <c r="B255" s="3"/>
       <c r="C255" s="5"/>
       <c r="D255" s="3"/>
       <c r="E255" s="3"/>
     </row>
     <row r="256" spans="1:5">
       <c r="B256" s="3"/>
       <c r="C256" s="5"/>
       <c r="D256" s="3"/>
       <c r="E256" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_6"/>
-    <hyperlink ref="A12" r:id="rId_hyperlink_7"/>
-[...13 lines deleted...]
-    <hyperlink ref="A33" r:id="rId_hyperlink_21"/>
+    <hyperlink ref="A11" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="A12" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="A14" r:id="rId_hyperlink_9"/>
+    <hyperlink ref="A15" r:id="rId_hyperlink_10"/>
+    <hyperlink ref="A16" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="A18" r:id="rId_hyperlink_12"/>
+    <hyperlink ref="A19" r:id="rId_hyperlink_13"/>
+    <hyperlink ref="A21" r:id="rId_hyperlink_14"/>
+    <hyperlink ref="A22" r:id="rId_hyperlink_15"/>
+    <hyperlink ref="A23" r:id="rId_hyperlink_16"/>
+    <hyperlink ref="A24" r:id="rId_hyperlink_17"/>
+    <hyperlink ref="A25" r:id="rId_hyperlink_18"/>
+    <hyperlink ref="A26" r:id="rId_hyperlink_19"/>
+    <hyperlink ref="A28" r:id="rId_hyperlink_20"/>
+    <hyperlink ref="A29" r:id="rId_hyperlink_21"/>
+    <hyperlink ref="A31" r:id="rId_hyperlink_22"/>
+    <hyperlink ref="A32" r:id="rId_hyperlink_23"/>
+    <hyperlink ref="A33" r:id="rId_hyperlink_24"/>
+    <hyperlink ref="A35" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="A36" r:id="rId_hyperlink_26"/>
+    <hyperlink ref="A37" r:id="rId_hyperlink_27"/>
+    <hyperlink ref="A39" r:id="rId_hyperlink_28"/>
+    <hyperlink ref="A40" r:id="rId_hyperlink_29"/>
+    <hyperlink ref="A41" r:id="rId_hyperlink_30"/>
+    <hyperlink ref="A43" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="A44" r:id="rId_hyperlink_32"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>