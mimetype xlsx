--- v2 (2026-02-04)
+++ v3 (2026-03-22)
@@ -14,329 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PeakLearning LLC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
-[...1 lines deleted...]
-    <t>Online Live "Virtual" Schedule: Generated on 02/04/2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+  <si>
+    <t>Online Live "Virtual" Schedule: Generated on 03/22/2026</t>
   </si>
   <si>
     <t>Course Title</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Duration</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>Class Times</t>
   </si>
   <si>
     <t>Adobe</t>
   </si>
   <si>
-    <t xml:space="preserve"> InDesign CC Introduction</t>
+    <t xml:space="preserve"> Adobe Photoshop CC Introduction</t>
   </si>
   <si>
     <t>$389.00</t>
   </si>
   <si>
     <t>1 Day</t>
   </si>
   <si>
-    <t>02/10/2026</t>
+    <t>03/25/2026</t>
   </si>
   <si>
     <t>9:00 AM - 5:00 PM</t>
   </si>
   <si>
-    <t xml:space="preserve"> Adobe InDesign CC Advanced (1 Day)</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve"> Photoshop CC Advanced Training</t>
   </si>
   <si>
     <t>04/01/2026</t>
   </si>
   <si>
     <t xml:space="preserve"> Adobe Illustrator CC Introduction</t>
   </si>
   <si>
     <t>04/09/2026</t>
   </si>
   <si>
     <t xml:space="preserve"> Adobe Illustrator CC Advanced</t>
   </si>
   <si>
     <t>04/15/2026</t>
   </si>
   <si>
     <t xml:space="preserve"> Adobe Acrobat Pro DC Advanced</t>
   </si>
   <si>
     <t>05/18/2026</t>
   </si>
   <si>
     <t>Business Analysis</t>
   </si>
   <si>
     <t xml:space="preserve"> Agile Business Analysis</t>
   </si>
   <si>
     <t>$1,199.00</t>
   </si>
   <si>
     <t>2 Day</t>
   </si>
   <si>
-    <t>02/24/2026</t>
-[...13 lines deleted...]
-  <si>
     <t>04/07/2026</t>
   </si>
   <si>
     <t>CompTIA</t>
   </si>
   <si>
     <t xml:space="preserve"> CompTIA A+ Core 1 (220-1201)</t>
   </si>
   <si>
     <t>$695.00</t>
   </si>
   <si>
     <t>11 Day</t>
   </si>
   <si>
     <t>04/13/2026</t>
   </si>
   <si>
     <t>1:00 PM - 3:00 PM</t>
   </si>
   <si>
     <t xml:space="preserve"> CompTIA Security+ (SY0-701)</t>
   </si>
   <si>
     <t>04/27/2026</t>
   </si>
   <si>
     <t>12:00 PM - 4:00 PM</t>
   </si>
   <si>
     <t>Microsoft Development</t>
   </si>
   <si>
-    <t xml:space="preserve"> Microsoft Azure Administrator (AZ-104)</t>
-[...8 lines deleted...]
-    <t>12:00 PM - 2:00 PM</t>
+    <t xml:space="preserve"> DP-080 Querying Data with Microsoft Transact-SQL</t>
+  </si>
+  <si>
+    <t>$1,275.00</t>
+  </si>
+  <si>
+    <t>03/23/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> AZ-900: Microsoft Azure Fundamentals</t>
   </si>
   <si>
     <t xml:space="preserve"> Introduction to SQL Databases (55315)</t>
   </si>
   <si>
     <t>$1,859.00</t>
   </si>
   <si>
     <t>3 Day</t>
   </si>
   <si>
-    <t xml:space="preserve"> DP-080 Querying Data with Microsoft Transact-SQL</t>
-[...10 lines deleted...]
-  <si>
     <t>05/27/2026</t>
   </si>
   <si>
     <t>05/28/2026</t>
   </si>
   <si>
-    <t>Microsoft Server Products</t>
-[...49 lines deleted...]
-  <si>
     <t>Project Management</t>
   </si>
   <si>
-    <t xml:space="preserve"> Certified Associate in Project Management (CAPM)® Official Exam Prep</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve"> Project Management Professional (PMP)® Exam Prep</t>
   </si>
   <si>
-    <t>11:00 AM - 3:00 PM</t>
-[...1 lines deleted...]
-  <si>
     <t>04/06/2026</t>
   </si>
   <si>
     <t>Security</t>
   </si>
   <si>
-    <t xml:space="preserve"> Ethical Hacking v13</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> Certified Information Systems Security Professional (CISSP)</t>
   </si>
   <si>
     <t>12:00 PM - 5:00 PM</t>
-  </si>
-[...13 lines deleted...]
-    <t xml:space="preserve"> Tableau Desktop - Part 2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -709,68 +580,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/695/InDesign-CC-Introduction" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/696/Adobe-InDesign-CC-Advanced-%281-Day%29" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/676/Adobe-Acrobat-DC-Pro-Introduction" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/771/Adobe-Photoshop-CC-Introduction" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/239/Photoshop-CC-Advanced-Training" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/770/Adobe-Illustrator-CC-Introduction" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/243/Adobe-Illustrator-CC-Advanced" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/332/Adobe-Acrobat-Pro-DC-Advanced" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/740/Agile-Business-Analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/154/Gathering%2C-Documenting-and-Testing-User-Requirements" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/740/Agile-Business-Analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/47/CompTIA-A%2B-Core-1-%28220-1201%29" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/41/CompTIA-Security%2B-%28SY0-701%29" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/755/Microsoft-Azure-Administrator-%28AZ-104%29" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/427/Introduction-to-SQL-Databases-%2855315%29" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/387/DP-080-Querying-Data-with-Microsoft-Transact-SQL" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/312/AZ-900-Microsoft-Azure-Fundamentals" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/427/Introduction-to-SQL-Databases-%2855315%29" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/387/DP-080-Querying-Data-with-Microsoft-Transact-SQL" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/398/Windows-Server-2025-Administration" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/762/MS-102-Microsoft-365-Administrator" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/598/Comprehensive-Writing-Training" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/599/Goal-Setting-and-Workplace-Efficiency-Training" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/777/Customer-Service-Training" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/767/Certified-Associate-in-Project-Management-%28CAPM%29-Official-Exam-Prep" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/754/Project-Management-Professional-%28PMP%29-Exam-Prep" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/754/Project-Management-Professional-%28PMP%29-Exam-Prep" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/758/Ethical-Hacking-v13" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/613/Certified-Information-Systems-Security-Professional-%28CISSP%29" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/41/CompTIA-Security%2B-%28SY0-701%29" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/750/Tableau-Desktop-Part-1" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/589/Tableau-Desktop-Part-2" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/771/Adobe-Photoshop-CC-Introduction" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/239/Photoshop-CC-Advanced-Training" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/770/Adobe-Illustrator-CC-Introduction" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/243/Adobe-Illustrator-CC-Advanced" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/332/Adobe-Acrobat-Pro-DC-Advanced" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/740/Agile-Business-Analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/47/CompTIA-A%2B-Core-1-%28220-1201%29" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/41/CompTIA-Security%2B-%28SY0-701%29" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/387/DP-080-Querying-Data-with-Microsoft-Transact-SQL" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/312/AZ-900-Microsoft-Azure-Fundamentals" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/427/Introduction-to-SQL-Databases-%2855315%29" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/387/DP-080-Querying-Data-with-Microsoft-Transact-SQL" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/754/Project-Management-Professional-%28PMP%29-Exam-Prep" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/613/Certified-Information-Systems-Security-Professional-%28CISSP%29" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/41/CompTIA-Security%2B-%28SY0-701%29" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E256"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="82.408447" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="71.8396" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="22.280273" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="75">
       <c r="A1"/>
       <c r="B1" s="3"/>
       <c r="C1" s="5"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="25">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="3"/>
       <c r="C2" s="5"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
@@ -860,580 +731,384 @@
       </c>
       <c r="D8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="10" spans="1:5">
-      <c r="A10" s="1" t="s">
+    <row r="10" spans="1:5" customHeight="1" ht="25">
+      <c r="A10" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="B10" s="3"/>
+      <c r="C10" s="5"/>
+      <c r="D10" s="3"/>
+      <c r="E10" s="3"/>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="5" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="12" spans="1:5">
-[...9 lines deleted...]
-      <c r="D12" s="3" t="s">
+    <row r="12" spans="1:5" customHeight="1" ht="25">
+      <c r="A12" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="E12" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A13" s="2" t="s">
+      <c r="B12" s="3"/>
+      <c r="C12" s="5"/>
+      <c r="D12" s="3"/>
+      <c r="E12" s="3"/>
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="B13" s="3"/>
-[...2 lines deleted...]
-      <c r="E13" s="3"/>
+      <c r="B13" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="C14" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="C14" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>11</v>
-[...12 lines deleted...]
-      <c r="D15" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="E15" s="3" t="s">
+    </row>
+    <row r="15" spans="1:5" customHeight="1" ht="25">
+      <c r="A15" s="2" t="s">
         <v>34</v>
       </c>
+      <c r="B15" s="3"/>
+      <c r="C15" s="5"/>
+      <c r="D15" s="3"/>
+      <c r="E15" s="3"/>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="1" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D16" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="17" spans="1:5" customHeight="1" ht="25">
-[...6 lines deleted...]
-      <c r="E17" s="3"/>
+    <row r="17" spans="1:5">
+      <c r="A17" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="1" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:5" customHeight="1" ht="25">
       <c r="A20" s="2" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="5"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D21" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="5" t="s">
+      <c r="E21" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" customHeight="1" ht="25">
+      <c r="A22" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="D21" s="3" t="s">
-[...21 lines deleted...]
-      </c>
+      <c r="B22" s="3"/>
+      <c r="C22" s="5"/>
+      <c r="D22" s="3"/>
+      <c r="E22" s="3"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="1" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>11</v>
+        <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="1" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
     </row>
     <row r="25" spans="1:5">
-      <c r="A25" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="B25" s="3"/>
+      <c r="C25" s="5"/>
+      <c r="D25" s="3"/>
+      <c r="E25" s="3"/>
     </row>
     <row r="26" spans="1:5">
-      <c r="A26" s="1" t="s">
-[...18 lines deleted...]
-      </c>
+      <c r="B26" s="3"/>
+      <c r="C26" s="5"/>
+      <c r="D26" s="3"/>
+      <c r="E26" s="3"/>
+    </row>
+    <row r="27" spans="1:5">
       <c r="B27" s="3"/>
       <c r="C27" s="5"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
     </row>
     <row r="28" spans="1:5">
-      <c r="A28" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="B28" s="3"/>
+      <c r="C28" s="5"/>
+      <c r="D28" s="3"/>
+      <c r="E28" s="3"/>
     </row>
     <row r="29" spans="1:5">
-      <c r="A29" s="1" t="s">
-[...18 lines deleted...]
-      </c>
+      <c r="B29" s="3"/>
+      <c r="C29" s="5"/>
+      <c r="D29" s="3"/>
+      <c r="E29" s="3"/>
+    </row>
+    <row r="30" spans="1:5">
       <c r="B30" s="3"/>
       <c r="C30" s="5"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
     </row>
     <row r="31" spans="1:5">
-      <c r="A31" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="B31" s="3"/>
+      <c r="C31" s="5"/>
+      <c r="D31" s="3"/>
+      <c r="E31" s="3"/>
     </row>
     <row r="32" spans="1:5">
-      <c r="A32" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="B32" s="3"/>
+      <c r="C32" s="5"/>
+      <c r="D32" s="3"/>
+      <c r="E32" s="3"/>
     </row>
     <row r="33" spans="1:5">
-      <c r="A33" s="1" t="s">
-[...18 lines deleted...]
-      </c>
+      <c r="B33" s="3"/>
+      <c r="C33" s="5"/>
+      <c r="D33" s="3"/>
+      <c r="E33" s="3"/>
+    </row>
+    <row r="34" spans="1:5">
       <c r="B34" s="3"/>
       <c r="C34" s="5"/>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
     </row>
     <row r="35" spans="1:5">
-      <c r="A35" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="B35" s="3"/>
+      <c r="C35" s="5"/>
+      <c r="D35" s="3"/>
+      <c r="E35" s="3"/>
     </row>
     <row r="36" spans="1:5">
-      <c r="A36" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="B36" s="3"/>
+      <c r="C36" s="5"/>
+      <c r="D36" s="3"/>
+      <c r="E36" s="3"/>
     </row>
     <row r="37" spans="1:5">
-      <c r="A37" s="1" t="s">
-[...18 lines deleted...]
-      </c>
+      <c r="B37" s="3"/>
+      <c r="C37" s="5"/>
+      <c r="D37" s="3"/>
+      <c r="E37" s="3"/>
+    </row>
+    <row r="38" spans="1:5">
       <c r="B38" s="3"/>
       <c r="C38" s="5"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
     </row>
     <row r="39" spans="1:5">
-      <c r="A39" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="B39" s="3"/>
+      <c r="C39" s="5"/>
+      <c r="D39" s="3"/>
+      <c r="E39" s="3"/>
     </row>
     <row r="40" spans="1:5">
-      <c r="A40" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="B40" s="3"/>
+      <c r="C40" s="5"/>
+      <c r="D40" s="3"/>
+      <c r="E40" s="3"/>
     </row>
     <row r="41" spans="1:5">
-      <c r="A41" s="1" t="s">
-[...18 lines deleted...]
-      </c>
+      <c r="B41" s="3"/>
+      <c r="C41" s="5"/>
+      <c r="D41" s="3"/>
+      <c r="E41" s="3"/>
+    </row>
+    <row r="42" spans="1:5">
       <c r="B42" s="3"/>
       <c r="C42" s="5"/>
       <c r="D42" s="3"/>
       <c r="E42" s="3"/>
     </row>
     <row r="43" spans="1:5">
-      <c r="A43" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="B43" s="3"/>
+      <c r="C43" s="5"/>
+      <c r="D43" s="3"/>
+      <c r="E43" s="3"/>
     </row>
     <row r="44" spans="1:5">
-      <c r="A44" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="B44" s="3"/>
+      <c r="C44" s="5"/>
+      <c r="D44" s="3"/>
+      <c r="E44" s="3"/>
     </row>
     <row r="45" spans="1:5">
       <c r="B45" s="3"/>
       <c r="C45" s="5"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
     </row>
     <row r="46" spans="1:5">
       <c r="B46" s="3"/>
       <c r="C46" s="5"/>
       <c r="D46" s="3"/>
       <c r="E46" s="3"/>
     </row>
     <row r="47" spans="1:5">
       <c r="B47" s="3"/>
       <c r="C47" s="5"/>
       <c r="D47" s="3"/>
       <c r="E47" s="3"/>
     </row>
     <row r="48" spans="1:5">
       <c r="B48" s="3"/>
       <c r="C48" s="5"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
     </row>
@@ -2675,77 +2350,60 @@
     </row>
     <row r="255" spans="1:5">
       <c r="B255" s="3"/>
       <c r="C255" s="5"/>
       <c r="D255" s="3"/>
       <c r="E255" s="3"/>
     </row>
     <row r="256" spans="1:5">
       <c r="B256" s="3"/>
       <c r="C256" s="5"/>
       <c r="D256" s="3"/>
       <c r="E256" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_5"/>
-    <hyperlink ref="A10" r:id="rId_hyperlink_6"/>
-[...25 lines deleted...]
-    <hyperlink ref="A44" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="A11" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="A13" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="A14" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="A16" r:id="rId_hyperlink_9"/>
+    <hyperlink ref="A17" r:id="rId_hyperlink_10"/>
+    <hyperlink ref="A18" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="A19" r:id="rId_hyperlink_12"/>
+    <hyperlink ref="A21" r:id="rId_hyperlink_13"/>
+    <hyperlink ref="A23" r:id="rId_hyperlink_14"/>
+    <hyperlink ref="A24" r:id="rId_hyperlink_15"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>