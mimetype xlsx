--- v0 (2025-10-29)
+++ v1 (2025-12-21)
@@ -14,209 +14,221 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PeakLearning LLC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
-[...1 lines deleted...]
-    <t>Public Classroom Schedule: Generated on 10/29/2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+  <si>
+    <t>Public Classroom Schedule: Generated on 12/21/2025</t>
   </si>
   <si>
     <t>Course Title</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Duration</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>Class Times</t>
   </si>
   <si>
+    <t>Agile</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Risk-based Testing in an Agile Scrum Environment</t>
+  </si>
+  <si>
+    <t>$1,500.00</t>
+  </si>
+  <si>
+    <t>2 Day</t>
+  </si>
+  <si>
+    <t>01/27/2026</t>
+  </si>
+  <si>
+    <t>8:00 AM - 4:00 PM</t>
+  </si>
+  <si>
     <t>Business Analysis</t>
   </si>
   <si>
     <t xml:space="preserve"> Business Analysis Foundations</t>
   </si>
   <si>
     <t>$1,400.00</t>
   </si>
   <si>
-    <t>2 Day</t>
-[...2 lines deleted...]
-    <t>11/17/2025</t>
+    <t>01/26/2026</t>
   </si>
   <si>
     <t>8:00 AM - 4:00 AM</t>
   </si>
   <si>
     <t xml:space="preserve"> Gathering, Documenting and Testing User Requirements</t>
   </si>
   <si>
-    <t>11/19/2025</t>
+    <t>01/28/2026</t>
   </si>
   <si>
     <t xml:space="preserve"> Business Analysis for the I.T. Professional</t>
   </si>
   <si>
     <t>$2,500.00</t>
   </si>
   <si>
     <t>4 Day</t>
   </si>
   <si>
-    <t>12/08/2025</t>
-[...2 lines deleted...]
-    <t>8:00 AM - 4:00 PM</t>
+    <t>02/09/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Agile Business Analysis</t>
+  </si>
+  <si>
+    <t>$1,199.00</t>
+  </si>
+  <si>
+    <t>02/24/2026</t>
+  </si>
+  <si>
+    <t>9:00 AM - 5:00 PM</t>
   </si>
   <si>
     <t>COBOL &amp; Mainframe</t>
   </si>
   <si>
     <t xml:space="preserve"> DB2 Application Programming</t>
   </si>
   <si>
     <t>$3,500.00</t>
   </si>
   <si>
     <t>5 Day</t>
   </si>
   <si>
-    <t>11/03/2025</t>
+    <t>01/12/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Structured COBOL Workshop</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
   </si>
   <si>
     <t xml:space="preserve"> DB2 Database Administration</t>
   </si>
   <si>
+    <t>02/23/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> QMF for SQL Developers</t>
+  </si>
+  <si>
     <t xml:space="preserve"> ISPF and JCL on z/OS</t>
   </si>
   <si>
-    <t>01/12/2026</t>
-[...14 lines deleted...]
-    <t>02/24/2026</t>
+    <t>04/13/2026</t>
   </si>
   <si>
     <t>IBM</t>
   </si>
   <si>
     <t xml:space="preserve"> AIX Basics</t>
   </si>
   <si>
     <t>$2,475.00</t>
   </si>
   <si>
     <t>3 Day</t>
   </si>
   <si>
-    <t>8:30 AM - 4:30 PM</t>
-[...1 lines deleted...]
-  <si>
     <t>Linux / Unix</t>
   </si>
   <si>
     <t xml:space="preserve"> Ansible Configuration and Administration</t>
   </si>
   <si>
     <t>$2,995.00</t>
   </si>
   <si>
-    <t>8:30 AM - 4:00 PM</t>
-[...16 lines deleted...]
-  <si>
     <t>Software Testing</t>
   </si>
   <si>
     <t xml:space="preserve"> Testing COTS Applications</t>
   </si>
   <si>
-    <t>11/18/2025</t>
-[...5 lines deleted...]
-    <t>12/09/2025</t>
+    <t>01/13/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Basic Training in Software Testing</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Introduction to QA and Testing</t>
+  </si>
+  <si>
+    <t>02/11/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Security Testing for the Enterprise and the Web</t>
+  </si>
+  <si>
+    <t>$2,100.00</t>
   </si>
   <si>
     <t xml:space="preserve"> Agile and Exploratory Testing</t>
   </si>
   <si>
-    <t>12/16/2025</t>
+    <t>03/16/2026</t>
+  </si>
+  <si>
+    <t>8:00 AM - 5:00 PM</t>
   </si>
   <si>
     <t>Classes are conducted at the Holiday Inn Express &amp; Suites located at 2055 Technology Boulevard in Mechanicsburg, PA 17050</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
@@ -592,51 +604,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/152/Business-Analysis-Foundations" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/154/Gathering%2C-Documenting-and-Testing-User-Requirements" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/478/Business-Analysis-for-the-I.T.-Professional" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/8/DB2-Application-Programming" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/271/DB2-Database-Administration" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/11/ISPF-and-JCL-on-z-OS" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/13/Structured-COBOL-Workshop" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/403/QMF-for-SQL-Developers" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/276/AIX-Basics" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/674/Ansible-Configuration-and-Administration" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/775/Puppet-Configuration-and-Administration" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/708/Advanced-Puppet-Configuration-and-Management" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/200/Testing-COTS-Applications" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/205/Use-Cases-From-Concept-to-Test-Cases" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/150/Agile-and-Exploratory-Testing" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/158/Risk-based-Testing-in-an-Agile-Scrum-Environment" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/152/Business-Analysis-Foundations" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/154/Gathering%2C-Documenting-and-Testing-User-Requirements" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/478/Business-Analysis-for-the-I.T.-Professional" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/740/Agile-Business-Analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/8/DB2-Application-Programming" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/13/Structured-COBOL-Workshop" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/271/DB2-Database-Administration" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/403/QMF-for-SQL-Developers" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/11/ISPF-and-JCL-on-z-OS" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/276/AIX-Basics" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/674/Ansible-Configuration-and-Administration" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/200/Testing-COTS-Applications" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/158/Risk-based-Testing-in-an-Agile-Scrum-Environment" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/151/Basic-Training-in-Software-Testing" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/547/Introduction-to-QA-and-Testing" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/197/Security-Testing-for-the-Enterprise-and-the-Web" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/150/Agile-and-Exploratory-Testing" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E256"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="63.555908" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="21.137695" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="75">
       <c r="A1"/>
@@ -675,359 +687,395 @@
       <c r="A4" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="5"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="6" spans="1:5">
-      <c r="A6" s="1" t="s">
+    <row r="6" spans="1:5" customHeight="1" ht="25">
+      <c r="A6" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="B6" s="3"/>
+      <c r="C6" s="5"/>
+      <c r="D6" s="3"/>
+      <c r="E6" s="3"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="C7" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="C7" s="5" t="s">
+      <c r="E7" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="D7" s="3" t="s">
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E7" s="3" t="s">
+      <c r="B8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="3" t="s">
         <v>18</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="E8" s="3"/>
+      <c r="E8" s="3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B9" s="3" t="s">
+      <c r="C9" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="C9" s="5" t="s">
+      <c r="D9" s="3" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="5" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>18</v>
-[...12 lines deleted...]
-      <c r="D11" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="E11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+    </row>
+    <row r="11" spans="1:5" customHeight="1" ht="25">
+      <c r="A11" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="3"/>
+      <c r="C11" s="5"/>
+      <c r="D11" s="3"/>
+      <c r="E11" s="3"/>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="C13" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="C13" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>18</v>
-[...9 lines deleted...]
-      <c r="E14" s="3"/>
+        <v>11</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D15" s="3" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      <c r="A16" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="B16" s="3"/>
-[...5 lines deleted...]
-      <c r="A17" s="1" t="s">
+      <c r="B16" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D16" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B17" s="3" t="s">
+      <c r="E16" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" customHeight="1" ht="25">
+      <c r="A17" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="C17" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B17" s="3"/>
+      <c r="C17" s="5"/>
+      <c r="D17" s="3"/>
+      <c r="E17" s="3"/>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="3" t="s">
+      <c r="C18" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="C18" s="5" t="s">
+      <c r="D18" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="D18" s="3" t="s">
+      <c r="E18" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" customHeight="1" ht="25">
+      <c r="A19" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="E18" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A19" s="1" t="s">
+      <c r="B19" s="3"/>
+      <c r="C19" s="5"/>
+      <c r="D19" s="3"/>
+      <c r="E19" s="3"/>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B19" s="3" t="s">
+      <c r="B20" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="C20" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="C19" s="5" t="s">
-[...10 lines deleted...]
-      <c r="A20" s="2" t="s">
+      <c r="D20" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" customHeight="1" ht="25">
+      <c r="A21" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="B20" s="3"/>
-[...19 lines deleted...]
-      </c>
+      <c r="B21" s="3"/>
+      <c r="C21" s="5"/>
+      <c r="D21" s="3"/>
+      <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>40</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="1" t="s">
-        <v>51</v>
+        <v>7</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:5">
-      <c r="A24"/>
-[...3 lines deleted...]
-      <c r="E24" s="3"/>
+      <c r="A24" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="25" spans="1:5">
-      <c r="A25" t="s">
+      <c r="A25" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B25" s="3"/>
-[...8 lines deleted...]
-      <c r="E26" s="3"/>
+      <c r="C26" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="27" spans="1:5">
-      <c r="B27" s="3"/>
-[...2 lines deleted...]
-      <c r="E27" s="3"/>
+      <c r="A27" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="C27" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="28" spans="1:5">
+      <c r="A28"/>
       <c r="B28" s="3"/>
       <c r="C28" s="5"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
     </row>
     <row r="29" spans="1:5">
+      <c r="A29" t="s">
+        <v>57</v>
+      </c>
       <c r="B29" s="3"/>
       <c r="C29" s="5"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
     </row>
     <row r="30" spans="1:5">
       <c r="B30" s="3"/>
       <c r="C30" s="5"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
     </row>
     <row r="31" spans="1:5">
       <c r="B31" s="3"/>
       <c r="C31" s="5"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
     </row>
     <row r="32" spans="1:5">
       <c r="B32" s="3"/>
       <c r="C32" s="5"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
     </row>
     <row r="33" spans="1:5">
       <c r="B33" s="3"/>
@@ -2356,69 +2404,72 @@
       <c r="E253" s="3"/>
     </row>
     <row r="254" spans="1:5">
       <c r="B254" s="3"/>
       <c r="C254" s="5"/>
       <c r="D254" s="3"/>
       <c r="E254" s="3"/>
     </row>
     <row r="255" spans="1:5">
       <c r="B255" s="3"/>
       <c r="C255" s="5"/>
       <c r="D255" s="3"/>
       <c r="E255" s="3"/>
     </row>
     <row r="256" spans="1:5">
       <c r="B256" s="3"/>
       <c r="C256" s="5"/>
       <c r="D256" s="3"/>
       <c r="E256" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
-    <mergeCell ref="A24:E24"/>
-    <mergeCell ref="A25:E25"/>
+    <mergeCell ref="A28:E28"/>
+    <mergeCell ref="A29:E29"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId_hyperlink_1"/>
-    <hyperlink ref="A6" r:id="rId_hyperlink_2"/>
-    <hyperlink ref="A7" r:id="rId_hyperlink_3"/>
+    <hyperlink ref="A7" r:id="rId_hyperlink_2"/>
+    <hyperlink ref="A8" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_5"/>
-    <hyperlink ref="A11" r:id="rId_hyperlink_6"/>
-[...1 lines deleted...]
-    <hyperlink ref="A13" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="A12" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="A13" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="A14" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_9"/>
-    <hyperlink ref="A17" r:id="rId_hyperlink_10"/>
+    <hyperlink ref="A16" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A18" r:id="rId_hyperlink_11"/>
-    <hyperlink ref="A19" r:id="rId_hyperlink_12"/>
-[...2 lines deleted...]
-    <hyperlink ref="A23" r:id="rId_hyperlink_15"/>
+    <hyperlink ref="A20" r:id="rId_hyperlink_12"/>
+    <hyperlink ref="A22" r:id="rId_hyperlink_13"/>
+    <hyperlink ref="A23" r:id="rId_hyperlink_14"/>
+    <hyperlink ref="A24" r:id="rId_hyperlink_15"/>
+    <hyperlink ref="A25" r:id="rId_hyperlink_16"/>
+    <hyperlink ref="A26" r:id="rId_hyperlink_17"/>
+    <hyperlink ref="A27" r:id="rId_hyperlink_18"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>