--- v1 (2025-12-21)
+++ v2 (2026-02-04)
@@ -14,221 +14,230 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PeakLearning LLC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
-[...1 lines deleted...]
-    <t>Public Classroom Schedule: Generated on 12/21/2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+  <si>
+    <t>Public Classroom Schedule: Generated on 02/04/2026</t>
   </si>
   <si>
     <t>Course Title</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Duration</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>Class Times</t>
   </si>
   <si>
-    <t>Agile</t>
+    <t>Business Analysis</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Agile Business Analysis</t>
+  </si>
+  <si>
+    <t>$1,199.00</t>
+  </si>
+  <si>
+    <t>2 Day</t>
+  </si>
+  <si>
+    <t>02/24/2026</t>
+  </si>
+  <si>
+    <t>9:00 AM - 5:00 PM</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Business Analysis Foundations</t>
+  </si>
+  <si>
+    <t>$1,400.00</t>
+  </si>
+  <si>
+    <t>03/09/2026</t>
+  </si>
+  <si>
+    <t>8:00 AM - 4:00 AM</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Gathering, Documenting and Testing User Requirements</t>
+  </si>
+  <si>
+    <t>03/11/2026</t>
+  </si>
+  <si>
+    <t>8:00 AM - 4:00 PM</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Business Analysis for the I.T. Professional</t>
+  </si>
+  <si>
+    <t>$2,500.00</t>
+  </si>
+  <si>
+    <t>4 Day</t>
+  </si>
+  <si>
+    <t>03/30/2026</t>
+  </si>
+  <si>
+    <t>COBOL &amp; Mainframe</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> DB2 Application Programming</t>
+  </si>
+  <si>
+    <t>$3,500.00</t>
+  </si>
+  <si>
+    <t>5 Day</t>
+  </si>
+  <si>
+    <t>02/23/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ISPF and JCL on z/OS</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> QMF for SQL Developers</t>
+  </si>
+  <si>
+    <t>$1,500.00</t>
+  </si>
+  <si>
+    <t>03/18/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Structured COBOL Workshop</t>
+  </si>
+  <si>
+    <t>04/13/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> DB2 for z/OS Tuning &amp; Performance</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> TSO REXX Programming in z/OS</t>
+  </si>
+  <si>
+    <t>05/04/2026</t>
+  </si>
+  <si>
+    <t>IBM</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> AIX Basics</t>
+  </si>
+  <si>
+    <t>$2,475.00</t>
+  </si>
+  <si>
+    <t>3 Day</t>
+  </si>
+  <si>
+    <t>04/20/2026</t>
+  </si>
+  <si>
+    <t>Linux / Unix</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ansible Configuration and Administration</t>
+  </si>
+  <si>
+    <t>$2,995.00</t>
+  </si>
+  <si>
+    <t>03/16/2026</t>
+  </si>
+  <si>
+    <t>Software Testing</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Basic Training in Software Testing</t>
+  </si>
+  <si>
+    <t>02/09/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Introduction to QA and Testing</t>
+  </si>
+  <si>
+    <t>02/11/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Testing COTS Applications</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Agile and Exploratory Testing</t>
+  </si>
+  <si>
+    <t>8:00 AM - 5:00 PM</t>
   </si>
   <si>
     <t xml:space="preserve"> Risk-based Testing in an Agile Scrum Environment</t>
   </si>
   <si>
-    <t>$1,500.00</t>
-[...128 lines deleted...]
-    <t>02/11/2026</t>
+    <t>03/31/2026</t>
   </si>
   <si>
     <t xml:space="preserve"> Security Testing for the Enterprise and the Web</t>
   </si>
   <si>
     <t>$2,100.00</t>
   </si>
   <si>
-    <t xml:space="preserve"> Agile and Exploratory Testing</t>
-[...5 lines deleted...]
-    <t>8:00 AM - 5:00 PM</t>
+    <t>04/06/2026</t>
   </si>
   <si>
     <t>Classes are conducted at the Holiday Inn Express &amp; Suites located at 2055 Technology Boulevard in Mechanicsburg, PA 17050</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
@@ -604,51 +613,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/158/Risk-based-Testing-in-an-Agile-Scrum-Environment" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/152/Business-Analysis-Foundations" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/154/Gathering%2C-Documenting-and-Testing-User-Requirements" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/478/Business-Analysis-for-the-I.T.-Professional" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/740/Agile-Business-Analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/8/DB2-Application-Programming" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/13/Structured-COBOL-Workshop" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/271/DB2-Database-Administration" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/403/QMF-for-SQL-Developers" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/11/ISPF-and-JCL-on-z-OS" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/276/AIX-Basics" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/674/Ansible-Configuration-and-Administration" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/200/Testing-COTS-Applications" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/158/Risk-based-Testing-in-an-Agile-Scrum-Environment" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/151/Basic-Training-in-Software-Testing" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/547/Introduction-to-QA-and-Testing" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/197/Security-Testing-for-the-Enterprise-and-the-Web" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/150/Agile-and-Exploratory-Testing" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/740/Agile-Business-Analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/152/Business-Analysis-Foundations" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/154/Gathering%2C-Documenting-and-Testing-User-Requirements" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/478/Business-Analysis-for-the-I.T.-Professional" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/8/DB2-Application-Programming" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/11/ISPF-and-JCL-on-z-OS" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/403/QMF-for-SQL-Developers" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/13/Structured-COBOL-Workshop" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/9/DB2-for-z-OS-Tuning-%26-Performance" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/15/TSO-REXX-Programming-in-z-OS" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/276/AIX-Basics" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/674/Ansible-Configuration-and-Administration" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/151/Basic-Training-in-Software-Testing" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/547/Introduction-to-QA-and-Testing" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/200/Testing-COTS-Applications" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/150/Agile-and-Exploratory-Testing" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/158/Risk-based-Testing-in-an-Agile-Scrum-Environment" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/197/Security-Testing-for-the-Enterprise-and-the-Web" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E256"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="63.555908" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="21.137695" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="75">
       <c r="A1"/>
@@ -687,395 +696,392 @@
       <c r="A4" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="5"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="6" spans="1:5" customHeight="1" ht="25">
-      <c r="A6" s="2" t="s">
+    <row r="6" spans="1:5">
+      <c r="A6" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="B6" s="3"/>
-[...2 lines deleted...]
-      <c r="E6" s="3"/>
+      <c r="B6" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E8" s="3" t="s">
-[...18 lines deleted...]
-      </c>
+    </row>
+    <row r="9" spans="1:5" customHeight="1" ht="25">
+      <c r="A9" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="3"/>
+      <c r="C9" s="5"/>
+      <c r="D9" s="3"/>
+      <c r="E9" s="3"/>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="D10" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="E10" s="3" t="s">
+      <c r="C11" s="5" t="s">
         <v>26</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="E11" s="3"/>
+      <c r="D11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D14" s="3" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D15" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="5" t="s">
+      <c r="E15" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" customHeight="1" ht="25">
+      <c r="A16" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" s="3"/>
+      <c r="C16" s="5"/>
+      <c r="D16" s="3"/>
+      <c r="E16" s="3"/>
+    </row>
+    <row r="17" spans="1:5">
+      <c r="A17" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" customHeight="1" ht="25">
+      <c r="A18" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="3"/>
+      <c r="C18" s="5"/>
+      <c r="D18" s="3"/>
+      <c r="E18" s="3"/>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" customHeight="1" ht="25">
+      <c r="A20" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" s="3"/>
+      <c r="C20" s="5"/>
+      <c r="D20" s="3"/>
+      <c r="E20" s="3"/>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C21" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="D15" s="3" t="s">
-[...82 lines deleted...]
-      <c r="E21" s="3"/>
+      <c r="D21" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="3" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="1" t="s">
-        <v>7</v>
+        <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="1" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="1" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="3" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="1" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D26" s="3" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:5">
-      <c r="A27" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A27"/>
+      <c r="B27" s="3"/>
+      <c r="C27" s="5"/>
+      <c r="D27" s="3"/>
+      <c r="E27" s="3"/>
     </row>
     <row r="28" spans="1:5">
-      <c r="A28"/>
+      <c r="A28" t="s">
+        <v>60</v>
+      </c>
       <c r="B28" s="3"/>
       <c r="C28" s="5"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
     </row>
     <row r="29" spans="1:5">
-      <c r="A29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B29" s="3"/>
       <c r="C29" s="5"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
     </row>
     <row r="30" spans="1:5">
       <c r="B30" s="3"/>
       <c r="C30" s="5"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
     </row>
     <row r="31" spans="1:5">
       <c r="B31" s="3"/>
       <c r="C31" s="5"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
     </row>
     <row r="32" spans="1:5">
       <c r="B32" s="3"/>
       <c r="C32" s="5"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
     </row>
     <row r="33" spans="1:5">
       <c r="B33" s="3"/>
@@ -2404,72 +2410,72 @@
       <c r="E253" s="3"/>
     </row>
     <row r="254" spans="1:5">
       <c r="B254" s="3"/>
       <c r="C254" s="5"/>
       <c r="D254" s="3"/>
       <c r="E254" s="3"/>
     </row>
     <row r="255" spans="1:5">
       <c r="B255" s="3"/>
       <c r="C255" s="5"/>
       <c r="D255" s="3"/>
       <c r="E255" s="3"/>
     </row>
     <row r="256" spans="1:5">
       <c r="B256" s="3"/>
       <c r="C256" s="5"/>
       <c r="D256" s="3"/>
       <c r="E256" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A27:E27"/>
     <mergeCell ref="A28:E28"/>
-    <mergeCell ref="A29:E29"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId_hyperlink_1"/>
-    <hyperlink ref="A7" r:id="rId_hyperlink_2"/>
-[...1 lines deleted...]
-    <hyperlink ref="A9" r:id="rId_hyperlink_4"/>
+    <hyperlink ref="A6" r:id="rId_hyperlink_2"/>
+    <hyperlink ref="A7" r:id="rId_hyperlink_3"/>
+    <hyperlink ref="A8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_5"/>
-    <hyperlink ref="A12" r:id="rId_hyperlink_6"/>
-[...11 lines deleted...]
-    <hyperlink ref="A27" r:id="rId_hyperlink_18"/>
+    <hyperlink ref="A11" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="A12" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="A13" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="A14" r:id="rId_hyperlink_9"/>
+    <hyperlink ref="A15" r:id="rId_hyperlink_10"/>
+    <hyperlink ref="A17" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="A19" r:id="rId_hyperlink_12"/>
+    <hyperlink ref="A21" r:id="rId_hyperlink_13"/>
+    <hyperlink ref="A22" r:id="rId_hyperlink_14"/>
+    <hyperlink ref="A23" r:id="rId_hyperlink_15"/>
+    <hyperlink ref="A24" r:id="rId_hyperlink_16"/>
+    <hyperlink ref="A25" r:id="rId_hyperlink_17"/>
+    <hyperlink ref="A26" r:id="rId_hyperlink_18"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>