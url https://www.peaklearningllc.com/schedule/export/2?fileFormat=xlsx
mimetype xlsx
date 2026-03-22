--- v2 (2026-02-04)
+++ v3 (2026-03-22)
@@ -14,218 +14,137 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PeakLearning LLC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
-[...1 lines deleted...]
-    <t>Public Classroom Schedule: Generated on 02/04/2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+  <si>
+    <t>Public Classroom Schedule: Generated on 03/22/2026</t>
   </si>
   <si>
     <t>Course Title</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Duration</t>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>Class Times</t>
   </si>
   <si>
     <t>Business Analysis</t>
   </si>
   <si>
-    <t xml:space="preserve"> Agile Business Analysis</t>
-[...2 lines deleted...]
-    <t>$1,199.00</t>
+    <t xml:space="preserve"> Business Analysis for the I.T. Professional</t>
+  </si>
+  <si>
+    <t>$2,500.00</t>
+  </si>
+  <si>
+    <t>4 Day</t>
+  </si>
+  <si>
+    <t>03/30/2026</t>
+  </si>
+  <si>
+    <t>8:00 AM - 4:00 PM</t>
+  </si>
+  <si>
+    <t>COBOL &amp; Mainframe</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Structured COBOL Workshop</t>
+  </si>
+  <si>
+    <t>$3,500.00</t>
+  </si>
+  <si>
+    <t>5 Day</t>
+  </si>
+  <si>
+    <t>04/13/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> DB2 for z/OS Tuning &amp; Performance</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> TSO REXX Programming in z/OS</t>
+  </si>
+  <si>
+    <t>05/04/2026</t>
+  </si>
+  <si>
+    <t>IBM</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> AIX Basics</t>
+  </si>
+  <si>
+    <t>$2,475.00</t>
+  </si>
+  <si>
+    <t>3 Day</t>
+  </si>
+  <si>
+    <t>04/20/2026</t>
+  </si>
+  <si>
+    <t>Software Testing</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Risk-based Testing in an Agile Scrum Environment</t>
+  </si>
+  <si>
+    <t>$1,500.00</t>
   </si>
   <si>
     <t>2 Day</t>
-  </si>
-[...136 lines deleted...]
-    <t xml:space="preserve"> Risk-based Testing in an Agile Scrum Environment</t>
   </si>
   <si>
     <t>03/31/2026</t>
   </si>
   <si>
     <t xml:space="preserve"> Security Testing for the Enterprise and the Web</t>
   </si>
   <si>
     <t>$2,100.00</t>
   </si>
   <si>
     <t>04/06/2026</t>
   </si>
   <si>
     <t>Classes are conducted at the Holiday Inn Express &amp; Suites located at 2055 Technology Boulevard in Mechanicsburg, PA 17050</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
@@ -613,68 +532,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/740/Agile-Business-Analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/152/Business-Analysis-Foundations" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/154/Gathering%2C-Documenting-and-Testing-User-Requirements" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/478/Business-Analysis-for-the-I.T.-Professional" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/8/DB2-Application-Programming" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/11/ISPF-and-JCL-on-z-OS" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/403/QMF-for-SQL-Developers" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/13/Structured-COBOL-Workshop" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/9/DB2-for-z-OS-Tuning-%26-Performance" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/15/TSO-REXX-Programming-in-z-OS" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/276/AIX-Basics" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/674/Ansible-Configuration-and-Administration" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/151/Basic-Training-in-Software-Testing" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/547/Introduction-to-QA-and-Testing" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/200/Testing-COTS-Applications" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/150/Agile-and-Exploratory-Testing" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/158/Risk-based-Testing-in-an-Agile-Scrum-Environment" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/197/Security-Testing-for-the-Enterprise-and-the-Web" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/478/Business-Analysis-for-the-I.T.-Professional" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/13/Structured-COBOL-Workshop" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/9/DB2-for-z-OS-Tuning-%26-Performance" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/15/TSO-REXX-Programming-in-z-OS" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/276/AIX-Basics" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/158/Risk-based-Testing-in-an-Agile-Scrum-Environment" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peaklearningllc.com/courses/197/Security-Testing-for-the-Enterprise-and-the-Web" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E256"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="63.555908" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="58.842773" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="21.137695" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="75">
       <c r="A1"/>
       <c r="B1" s="3"/>
       <c r="C1" s="5"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="25">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="3"/>
       <c r="C2" s="5"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
@@ -696,386 +615,262 @@
       <c r="A4" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="5"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="6" spans="1:5">
-      <c r="A6" s="1" t="s">
+    <row r="6" spans="1:5" customHeight="1" ht="25">
+      <c r="A6" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="B6" s="3"/>
+      <c r="C6" s="5"/>
+      <c r="D6" s="3"/>
+      <c r="E6" s="3"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E7" s="3" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B8" s="3" t="s">
+      <c r="E9" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" customHeight="1" ht="25">
+      <c r="A10" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="C8" s="5" t="s">
-[...33 lines deleted...]
-      </c>
+      <c r="B10" s="3"/>
+      <c r="C10" s="5"/>
+      <c r="D10" s="3"/>
+      <c r="E10" s="3"/>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="1" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="B11" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" customHeight="1" ht="25">
+      <c r="A12" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="C11" s="5" t="s">
-[...24 lines deleted...]
-      </c>
+      <c r="B12" s="3"/>
+      <c r="C12" s="5"/>
+      <c r="D12" s="3"/>
+      <c r="E12" s="3"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="1" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15"/>
+      <c r="B15" s="3"/>
+      <c r="C15" s="5"/>
+      <c r="D15" s="3"/>
+      <c r="E15" s="3"/>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" t="s">
         <v>33</v>
-      </c>
-[...23 lines deleted...]
-        <v>37</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="5"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
     </row>
     <row r="17" spans="1:5">
-      <c r="A17" s="1" t="s">
-[...18 lines deleted...]
-      </c>
+      <c r="B17" s="3"/>
+      <c r="C17" s="5"/>
+      <c r="D17" s="3"/>
+      <c r="E17" s="3"/>
+    </row>
+    <row r="18" spans="1:5">
       <c r="B18" s="3"/>
       <c r="C18" s="5"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
     </row>
     <row r="19" spans="1:5">
-      <c r="A19" s="1" t="s">
-[...18 lines deleted...]
-      </c>
+      <c r="B19" s="3"/>
+      <c r="C19" s="5"/>
+      <c r="D19" s="3"/>
+      <c r="E19" s="3"/>
+    </row>
+    <row r="20" spans="1:5">
       <c r="B20" s="3"/>
       <c r="C20" s="5"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:5">
-      <c r="A21" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="B21" s="3"/>
+      <c r="C21" s="5"/>
+      <c r="D21" s="3"/>
+      <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:5">
-      <c r="A22" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="B22" s="3"/>
+      <c r="C22" s="5"/>
+      <c r="D22" s="3"/>
+      <c r="E22" s="3"/>
     </row>
     <row r="23" spans="1:5">
-      <c r="A23" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="B23" s="3"/>
+      <c r="C23" s="5"/>
+      <c r="D23" s="3"/>
+      <c r="E23" s="3"/>
     </row>
     <row r="24" spans="1:5">
-      <c r="A24" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="B24" s="3"/>
+      <c r="C24" s="5"/>
+      <c r="D24" s="3"/>
+      <c r="E24" s="3"/>
     </row>
     <row r="25" spans="1:5">
-      <c r="A25" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="B25" s="3"/>
+      <c r="C25" s="5"/>
+      <c r="D25" s="3"/>
+      <c r="E25" s="3"/>
     </row>
     <row r="26" spans="1:5">
-      <c r="A26" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="B26" s="3"/>
+      <c r="C26" s="5"/>
+      <c r="D26" s="3"/>
+      <c r="E26" s="3"/>
     </row>
     <row r="27" spans="1:5">
-      <c r="A27"/>
       <c r="B27" s="3"/>
       <c r="C27" s="5"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
     </row>
     <row r="28" spans="1:5">
-      <c r="A28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B28" s="3"/>
       <c r="C28" s="5"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
     </row>
     <row r="29" spans="1:5">
       <c r="B29" s="3"/>
       <c r="C29" s="5"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
     </row>
     <row r="30" spans="1:5">
       <c r="B30" s="3"/>
       <c r="C30" s="5"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
     </row>
     <row r="31" spans="1:5">
       <c r="B31" s="3"/>
       <c r="C31" s="5"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
     </row>
     <row r="32" spans="1:5">
       <c r="B32" s="3"/>
@@ -2410,72 +2205,61 @@
       <c r="E253" s="3"/>
     </row>
     <row r="254" spans="1:5">
       <c r="B254" s="3"/>
       <c r="C254" s="5"/>
       <c r="D254" s="3"/>
       <c r="E254" s="3"/>
     </row>
     <row r="255" spans="1:5">
       <c r="B255" s="3"/>
       <c r="C255" s="5"/>
       <c r="D255" s="3"/>
       <c r="E255" s="3"/>
     </row>
     <row r="256" spans="1:5">
       <c r="B256" s="3"/>
       <c r="C256" s="5"/>
       <c r="D256" s="3"/>
       <c r="E256" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
-    <mergeCell ref="A27:E27"/>
-    <mergeCell ref="A28:E28"/>
+    <mergeCell ref="A15:E15"/>
+    <mergeCell ref="A16:E16"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId_hyperlink_1"/>
-    <hyperlink ref="A6" r:id="rId_hyperlink_2"/>
-[...15 lines deleted...]
-    <hyperlink ref="A26" r:id="rId_hyperlink_18"/>
+    <hyperlink ref="A7" r:id="rId_hyperlink_2"/>
+    <hyperlink ref="A8" r:id="rId_hyperlink_3"/>
+    <hyperlink ref="A9" r:id="rId_hyperlink_4"/>
+    <hyperlink ref="A11" r:id="rId_hyperlink_5"/>
+    <hyperlink ref="A13" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="A14" r:id="rId_hyperlink_7"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>